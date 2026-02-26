--- v0 (2025-12-24)
+++ v1 (2026-02-26)
@@ -2,50 +2,436 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Znělka odstartovala předvánoční MS expres, vítejte u něj a dobrý den.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Předání hasičské techniky MS krajem</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Moravskoslezský kraj dál posiluje vybavení hasičů. Hejtman Josef Bělica  předal  dobrovolným jednotkám novou moderní techniku za  10 milionů korun. Kraj tím chce zvýšit bezpečnost zásahů i připravenost na mimořádné události.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:br/>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Moderní technika, která může rozhodovat o rychlosti i bezpečnosti zásahu. Proto je pro hasiče obnova techniky tak důležitá. Nové vybavení převzali dobrovolní hasiči tradičně v posledním měsíci  roku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Josef Bělica, hejtman MS kraje:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">„Hasiči jsou pro nás důležití, je to pro nás stabilní složka IZS a my je dlouhodobě podporujeme. Je to velmi důležité, teď jsem jako každý rok předali JDH techniku, která bude používaná v městech a obcích, je to celkem za 4,7 mil. Kč. Celková podpora, kterou MS kraj věnuje do složek IZS je přes 80 milionů korun.“</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Podle slov krajského ředitele MS hasičů je pomoc dobrovolných jednotek nepostradatelná. V kraji jich působí okolo 360. Vedle toho, že musí být dobrovolní hasiči schopni zasahovat, musí být také dobře chráněni.    </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> HZS MS kraje: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">„Máme jedno specifikum, že ze skupiny 351 jednotek máme vytipovaných pět skupin, které mají specializace, což jsou např. dopravní nehody s vyproštěním, nebo úniky nebezpečných látek, zásahy ve výšce a úplně nejnovější, kde je žádaná pomoc zdravotnické záchranné služby.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dobrovolní hasiči dostali například ochranné masky, zádové hasicí vaky nebo hadice pro technické zásahy.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stanislav Kotrc, starosta Krajského sdružení hasičů MS kraje: “</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Odlehčené přilby a věcné prostředky, které jsou na lesní požáry, To nám chybělo.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Přemysl Ptášník, velitel JSDH Opava - Kylešovice: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">“Toto je zádový vak na hašení lesních požár, tím, že má malý obsah vody, se to využívá při malých ohniscích, kdy odcházíme do blízkosti a nemusíme tahat hadice. Něco jako postřikovač, by se dalo říct.” </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Moravskoslezský kraj letos pořídil nové vybavení i pro profesionální hasiče. Pro Hasičský záchranný sbor MSK letos nakoupil    technické prostředky za 4,7 milionu korun – mimo jiné 20 termovizních kamer, tisíc ochranných filtrů a dvě myčky na údržbu dýchací techniky.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Moravskoslezský kraj má schválený rozpočet na příští rok. Hospodařit bude s částkou téměř 43 miliard korun, což je víc než letos. Příjmy budou o téměř 3 miliardy menší. Rozdíl kraj pokryje úsporami a úvěrem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Josef Bělica (ANO), hejtman MSK:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Rozpočet je výrazně proinvestiční, v celkové výši </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Přibližně 7,6 miliardy půjdou na investice a opravy, kraj chce pokračovat ve velkých projektech, obnově majetku po povodních i v přípravě nových staveb. Což je nárůst oproti předchozímu rozpočtu, MS kraj bude rekordně investovat do svého majetku. V rámci 150 projektů na opravy a rekonstrukce budov bude investováno zhruba 2,8 mld korun.” </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Moravskoslezský kraj sjednotí názvy svých nemocnic</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Moravskoslezský kraj sjednotí názvy svých nemocnic, aby posílil jejich jednotnou identitu a zjednodušil orientaci pacientů. Změna se týká pouze názvů – kvalita, dostupnost i personální obsazení péče zůstávají stejné. Nové názvy budou zavedeny postupně během příštího roku, aby se omezily náklady a administrativní zátěž.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nové rehabilitační centrum pro velké savce</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Záchranná stanice v Bartošovicích vybuduje rehabilitační zařízení pro velké savce včetně speciálního výběhu o rozloze téměř 3000 m². Projekt za 13,8 milionu korun podpoří Moravskoslezský kraj částkou 1,2 milionu, většinu nákladů pokryjí evropské fondy. Rehabilitační výběh bude hotový už v lednu příštího roku, celá modernizace stanice skončí na podzim 2028.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kraj posílí klimatickou odolnost</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Moravskoslezský kraj získal finanční podporu společnosti CTP Invest na adaptační projekty zaměřené na změnu klimatu v rámci programu LIFE COALA. Peníze poputují například na revitalizaci říčních břehů, parky, mokřady, školní zahrady nebo obnovu zeleně po technických stavbách. Do spolupráce se kromě kraje zapojují také obce, školy a Regionální rozvojová agentura MSID.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kraj podpoří sanitku splněných snů</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Moravskoslezský kraj přispěl spolku Ruce pro život částkou 800 tisíc korun na pořízení Sanitky splněných snů, která pomáhá těžce nemocným a umírajícím lidem splnit jejich poslední přání. Plně vybavená sanitka se zdravotníkem umožňuje bezpečný převoz i klientům v paliativní péči a bude sloužit také obyvatelům kraje. Jen letos se díky projektu v Moravskoslezském kraji podařilo splnit poslední přání 25 lidem, a to bezplatně.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rekonstrukce budovy SŠE povede k energetickým úsporám</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Střední škola elektrotechnická v Ostravě má za sebou rozsáhlou stavební rekonstrukci. Cílem bylo snížení energetické náročnosti budovy i zlepšení podmínek pro výuku. Celkové náklady se vyšplhaly na více jak 12 mil.  korun a většinu zaplatil MS kraj ze svého rozpočtu. Střední školu elektrotechnickou navštěvuje aktuálně okolo 640 studentů.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Práce na budově na ulici Hlubinská, kde se vyučuje zhruba šedesátka studentů v   zámečnických a obráběčských dílnách probíhaly od poloviny června do poloviny září.  Rozsáhlá stavební akce byla zaměřené na energetické úspory.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Michal Kokošek (ANO), náměstek hejtmana MS kraje: Tato </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Budova z 20 - 30. let je díky tak velké rekonstrukci prakticky zachráněna, ale čeká ji další etapa oprav. V následujících měsících se bude například modernizovat sociální zařízení, rekonstruovat chodby a měnit  podlahy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tomáš Führer, ředitel, Střední škola elektrotechnická, Ostrava:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> V těchto prostorách se učí především žáci prvních ročníků obor optik, který tady má strojní výbavu. Dále tady jsou mechanické dílny, které jsou vybavené z jiných projektů EU, a to nové zámečnické dílny a dílna na obrábění.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Po několika měsících po rozsáhlé rekonstrukci objektu, škola sčítá energetické úspory.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tomáš Führer, ředitel, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Střední škola elektrotechnická Ostrava: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt byl spolufinancován z Evropské unie z Operačního programu Životní prostředí. Celkové náklady přesáhly 12 milionů korun.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Z někdejšího hospodářského dvora je v Hukvaldech knihovna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Další fáze obnovy někdejšího hospodářského dvora v Hukvaldech je dokončena. V bývalém kravíně byla nedávno otevřena knihovna a nyní tam obec zprovoznila obřadní síň a další prostory využívá umělecká škola.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Více než 150 let starý objekt získává nové využití po dlouhých letech chátrání. Postupně se do něj vrací veřejný život. Nové prostory umělecké školy už využívají děti k tvůrčí činnosti nebo učení na hudební nástroje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jan Veřmiřovský (ANO), náměstek hejtmana MSK</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">: „Hukvaldský dvůr patří mezi nově zrekonstruované objekty, které využívá mimo jiné naše základní umělecká škola jako dílčí pracoviště Základní umělecké školy ve Frenštátě pod Radhoštěm. Já budu rád, když tyto prostory budou sloužit, protože jsou krásné a věřím, že budou využitelné nejen na několik následujících let, ale samozřejmě desítky let, během kterých naše základní umělecká škola, věřím, bude fungovat.“</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Historický objekt sice není památkou, obec se u něj ale snažila zachovat původní vzhled.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Luděk Bujnošek (Hukvaldy 10 + 20), starosta Hukvald:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> „ Dílem architektů zde vznikla i moderní přístavba – univerzální černá kostka v zadní části budovy. Je to spojení staré architektury s novou.“</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rekonstrukce celého hukvaldského dvora zdaleka nekončí. Obec připravuje projekty pro obnovu dalších objektů.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Redakčně upraveno / zkráceno.</w:t>
+      </w:r>
+    </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>