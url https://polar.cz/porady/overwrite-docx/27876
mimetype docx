--- v0 (2026-02-01)
+++ v1 (2026-03-22)
@@ -711,51 +711,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="92ED2823"/>
+    <w:nsid w:val="52CA212A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>