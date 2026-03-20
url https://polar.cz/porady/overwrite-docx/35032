--- v0 (2025-12-26)
+++ v1 (2026-03-20)
@@ -2,50 +2,113 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anketa: obyvatelé Havířova: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Co nás trápí? Já jsem učitelka ze ZŠ Jarošova, a chtěla bych vědět, jakým způsobem zastupitelstvo rozhodlo o tom, že naši školu bude slučovat ze ZŠ Marie Pujmanové, respektive že by měla být sloučena už jenom rok a pak by měla být zavřena. Protože my, jako učitelé jsme o tom nebyli vůbec obeznámeni.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pavel Rapant (SOCDEM), náměstek primátora Havířova: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Důvody sloučení ZŠ Jarošova se ZŠ Marie Pujmanové jsou v podstatě tři. Tím prvním důvodem je klesající demografická křivka. 17 základních škol, jejichž je město Havířov zřizovatelem, tak má v této chvíli volnou kapacitu asi 1620 žáků a zvláště v městské části Havířov-Šumbark je ten trend dále negativní. To máme jednoznačně zmapované. Druhým důvodem je změna související s novelou školského zákona, která stanovuje kritérium pro školská zařízení v počtu 180 žáků na školské zařízení. Základní školu Jarošova v tuto chvíli navštěvuje 170 žáků a kapacita školy je naplněna na pouhopouhých 47 %. My to nechceme řešit na poslední chvíli, chceme si to v klidu připravit, proto k tomu přistupujeme v předstihu. Třetím důvodem je změna v systému financování nepedagogických pracovníků. My jsme k tomu vytvořili pracovní skupinu, kterou tvořili ředitelé základních škol, a jedním z výstupů je, že optimalizace základních škol je jednou z možností, jak ty náklady snížit. A my se musíme chovat jako řádný hospodář, proto je to jeden z důvodů. Cílem toho sloučení rovněž je, že dojde ke snížení administrativy, možnému sdílení pedagogických a nepedagogických pracovníků, jako například v oblasti personalistiky, v oblasti IT služeb, v oblasti právních služeb, administrace projektů a podobně. Já chci uklidnit všechny pedagogy, všechny rodiče a děti ze ZŠ Jarošova. Nikdo se nebude muset nikam stěhovat, zůstanou v té budově jako doposud a až čas ukáže, co budeme moci dělat dál.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anketa: obyvatelé Havířova: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Já bych se chtěla zeptat, jestli se budou zvedat za pejsky ceny a za odpady ceny. A jestli to bude mít vliv na tu novou třídičku, co se bude stavět.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jakub Chlopecký (ANO), náměstek primátora Havířova: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Poplatky v rámci odpadu psů apod. nebudeme zvyšovat. Zachováme poplatky ve stejné výši jako v roce 2025. Ani s žádnou změnou nepočítá nový rozpočet v roce 2026. Dlužníci samozřejmě existují ve městě Havířově a my děláme všechno pro to, abychom efektivně a správně tyto závazky vymáhali s tím, že nám určují mantinely, zákony a vyhlášky. V rámci projektu CEVYKO právě je cílem tohoto projektu minimalizovat dopad zvýšení nákladů v rámci tzv. skončení skládkování. Takže tento projekt nepřenese ty poplatky na obyvatele, popřípadě na město.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Redakčně upraveno / zkráceno.</w:t>
+      </w:r>
+    </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>