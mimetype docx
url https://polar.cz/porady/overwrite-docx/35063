--- v0 (2025-12-27)
+++ v1 (2026-02-15)
@@ -170,62 +170,285 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Marek Procházka, terénní pracovník, Charita Nový Jičín</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">: “Připravili jsme Zetko, což je noc zdarma a vlastně každý občan má možnost zakoupit noc zdarma pro někoho, kdo by třeba tu noc jinak trávil venku.”</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zetko lze zakoupit online na webu novojičínské Charity nebo v charitních domech na Dolní bráně a Straníku. Kartu lze darovat komukoliv, kdo ji potřebuje, nebo je možné ji zanechat v azylovém domě a pracovníci ji potřebnému člověku předají.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bilance roku 2025 v podání starosty Nového Jičína Stanislava Kopeckého</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Novojičínský expres pokračuje rozhovorem ve studiu, ve kterém už vítám starostu města Stanislava Kopeckého. Dobrý den, pane starosto, vítejte u nás. Dnes budeme bilancovat. Jak byste zhodnotil uplynulý rok v Novém Jičíně z hlediska investic?</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stanislav Kopecký (ANO) starosta Nového Jičína: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">V tomto období, před rokem, kdy jsme schvalovali rozpočet, jsme avizovali, že ten letošní rok bude velmi proinvestiční. A to se nám povedlo. Dokázali jsme proinvestovat téměř 320 milionů korun, a to byly akce velkého významu a velkého typu, jako například rekonstrukce venkovního bazénu, lávka Novosady, ale i revitalizace veřejného prostoru. Tím mám na mysli sídliště Nerudova. Podařilo se nám revitalizovat také vstup do sportoviště. Jak vidíte, ten záběr byl velmi široký a pestrý a opravdu jsme šli do těch akcí jako do školství, sociálu, ale i do toho veřejného prostoru.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Které akce z vašeho pohledu byly nejnáročnější?</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stanislav Kopecký (ANO) starosta Nového Jičína: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tak zcela jistě to byla určitě rekonstrukce toho venkovního bazénu. A co se týče nějakého finančního objemu, ale i té složitosti, protože ten starý nevyhovující bazén, který sloužil lidem 45 let, jsme vyměnili za krásný nerezový. K tomu jsme přidali vodní prvky jak pro dospěláky, ale i děti a nezapomněli jsme na tobogán. Musím vyzdvihnout taky trošinku stavbu liniovou, byla to stavba lávka Novosady, kde jsme se trošku zapotili, protože tam byly nějaké drobné nesrovnalosti v projektové dokumentaci.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">V poslední době se hodně mluví o tom, že města by měla mít své bydlení, své byty. Jak je to u vás?</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stanislav Kopecký (ANO) starosta Nového Jičína: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Je to tak, Nový Jičín opravdu má bytový fond a ten fond není malý. Je to 1134 bytů a snažíme se tyto byty postupně revitalizovat. V tom letošním roce to bylo 30 bytů, které jsme opravili z gruntu, tzn. od podlah, vykopali jsme ty nevkusné bytové jádra, stavíme zděná a toto nám spolklo zhruba 6 milionů korun. Deset milionů jsme investovali do těch společných prostor, ať to byly výtahy, výmalba společných prostor nebo oprava schodišť.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K tomu také patří i to, aby se lidem dobře bydlelo, tak nejen krásný byt, ale i taková jakási nabídka sportu, kultury. Do sportovní infrastruktury jste také investovali?</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stanislav Kopecký (ANO) starosta Nového Jičína: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tak do toho sportu město investuje nemalé peníze. V současné chvíli projektujeme největší investiční akci v historii města, což bude multifunkční hala Jičínka. Ta projektová část nás bude stát přes 20 milionů korun. A co se týče dalších velmi významných sportovních věcí, tak dokázali jsme převzít veškerý majetek TJ a dneska ho provozuje město prostřednictvím technických služeb.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Letos se Novému Jičínu podařilo získat řadu ocenění. Zmiňte některé, možná těch, kterých si vážíte nejvíc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stanislav Kopecký (ANO) starosta Nového Jičína: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Je to tak. Potřetí jsme získali Cenu hejtmana Moravskoslezského kraje za udržitelnost a velmi si cením ekonomického ocenění, kdy jsme získali celorepublikový rating. To znamená, že podle toho, jak město dobře hospodaří, jsme získali nejvyšší hodnocení, tedy A, a dále jsme získali cenu od Nadace Partnerství. Byla to Cena sympatie za revitalizaci veřejného prostoru bývalého letního kina.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Já vás ještě doplním, že jste se také přihlásili do soutěže Historické město roku 2025 s kostelní věží, tu jste také zpřístupnili veřejnosti a je velký zájem o to vyjít nahoru a koukat na Nový Jičín.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stanislav Kopecký (ANO) starosta Nového Jičína: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Je to tak. Tady se nám velmi podařila spolupráce s naší církví a dneska slouží věž nejenom pro to, aby tam visel kostelní zvon, ale aby turisté se podívali na to krásné náměstí z nadhledu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pane starosto, před námi je závěr letošního roku. Co byste popřál našim divákům do roku 2026?</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stanislav Kopecký (ANO) starosta Nového Jičína: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tak já děkuji za tu možnost a na prahu tohoto začínajícího roku bych popřál všem pevné zdraví, štěstí, lásku, klid a pokoj, aby ten následující rok pro nás byl rokem naděje, ale i příležitostí. Přeji do roku 2026 vše dobré.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">A já se připojuji k tomu přání. Zároveň Vám děkuji za Vaše odpovědi. Mějte krásný rok 2026 a na viděnou u dalších pořadů.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stanislav Kopecký (ANO) starosta Nového Jičína: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na viděnou.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
       <w:br/>
-      <w:br/>
-[...9 lines deleted...]
-      <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Redakčně upraveno / zkráceno.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>