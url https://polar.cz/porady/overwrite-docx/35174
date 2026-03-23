--- v0 (2026-01-14)
+++ v1 (2026-03-23)
@@ -2,50 +2,402 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pavel Staněk (SPD), radní kraje, Kraj podpořil projekt rozšíření Záchranné stanice v Bartošovicích</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Eko magazín pokračuje rozhovorem ve studiu, ve kterém už vítám Pavla Staňka, radního Moravskoslezského kraje. Dobrý den, vítejte u nás.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pavel Staněk (SPD), radní MS kraje: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dobrý den.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Naším prvním tématem je podpora záchranné stanice v Bartošovicích. Rada kraje schválila podporu ve výši 1,2 milionu korun na modernizaci záchranné stanice. Co bylo hlavním důvodem, proč jste se tak rozhodli?</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pavel Staněk (SPD), radní MS kraje: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Moravskoslezský kraj záchrannou stanici v Bartošovicích podporuje v jejím provozu už více než dvě desetiletí. Toto je v podstatě reakce na to, co bylo v loňském roce i mediálně prezentováno veřejnosti. A to je návrat těchto šelem a velkých savců zpět k nám do přírody, ať už to byl známý los Emil, anebo jak je často skloňováno, objevují se vlci, rysi a divoká kočka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">My o záchranné stanici v Bartošovicích často informujeme, protože jejich práce je opravdu skvělá. Zachránili už spoustu živočichů a pomohli k návratu zpět do volné přírody. Tady tohle, ale bude projekt rehabilitačního střediska, které tam vybudují. Je to tak?</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pavel Staněk (SPD), radní MS kraje: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ano, jedná se o rozšíření intenzivní péče a výběhu o velikosti 3 000 metrů čtverečních. A to právě z důvodu, aby ta zvěř, která se zde objeví – a je to otázka času, kdy se objeví volně v přírodě, se některé druhy prostě dostanou i do této záchranné stanice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt je z 80 procent financovaný z Operačního programu Životní prostředí. Jakou roli v takových projektech hraje kraj? Je jen takovým doplňkovým?</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pavel Staněk (SPD), radní MS kraje: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tak, jak jsem již řekl, kraj záchrannou stanici nebo jiné zařízení tohoto druhu, i v jiných odvětvích, v oblasti ochrany životního prostředí podporuje již dlouhodobě a toto je v podstatě modernizace po určitém časovém úseku, takže nelze hovořit o tom, zda je kraj doplňkový, nebo klíčový partner. Vzhledem k dlouhodobé podpoře bych řekl, že Moravskoslezský kraj je jedním z klíčových partnerů.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rehabilitační výběh má být hotový v roce 2028. Jak to bude z pohledu vás? Budete se zajímat i v průběhu výstavby, budete tam dojíždět a nechci říct kontrolovat, ale spíše dohlížet nebo zajímat se o to, jak stavba pokračuje?</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pavel Staněk (SPD), radní MS kraje: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Budeme, ten výběh by měl být dokončen na počátku tohoto roku, do konce ledna, a následně celková rekonstrukce, protože je toho víc, dojde tam k výměně střechy, bude tam upravena elektroinstalace a nakoupeno další zařízení tak, aby ta záchranná stanice mohla poskytovat kvalitní péči, přičemž celková rekonstrukce má být dokončena do roku 2028. Ten výběh by měl být zprovozněn už k únoru letošního roku. Takže v každém případě se tam zajedu podívat a v tomto roce předpokládáme, a doufám, že to časové možnosti dovolí, protože ty práce tam budou probíhat. Takže tak, abychom se tam mohli dostat i v rámci Komise pro životní prostředí Moravskoslezského kraje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Nás to bude zajímat taky a určitě budeme velmi rádi, když budeme moct divákům ukázat, jak celá modernizace postupuje. Pojďme k druhému tématu, a to je podpora včelařství. Včelařství a včelaře podporuje kraj už dlouhodobě. Jak to je v letošním roce? Je ta částka stejná jako v minulých letech?</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pavel Staněk (SPD), radní MS kraje: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Předpokládaná částka je zhruba stejná a počítá se zhruba kolem milionu korun. Protože v loňském roce bylo na krajský úřad doručeno 12 žádostí od 12 spolků. Všechny žádosti splňovaly podmínky dotačního titulu a částka, která byla vyplacena, tak přesáhla něco přes 620 000 korun.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na co včelaři mohou poskytnuté dotační peníze z kraje použít?</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pavel Staněk (SPD), radní MS kraje: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Je to jak na technické vybavení, které potřebují ke své činnosti, tak i na své vzdělávání, poradenství. Ale ta největší část, která v loňském roce byla vyplacena, tak se týkala té péče o včelstva, co se týče hniloby a včelího moru.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Vyhodnocuje potom kraj, jaký má podpora včelařství dopad na krajinu, na zemědělství nebo biodiverzitu?</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pavel Staněk (SPD), radní MS kraje: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Co se týče těchto hodnocení, tak ne. Ale samozřejmě s těmi včelaři nebo s jednotlivými spolky jsme v kontaktu a snažíme se tuto podporu směrovat tam, kde to cítíme my, nebo i oni, že to má největší smysl.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Z toho, co říkáte, se dá usoudit, že podpora včelařů bude nadále jistá od kraje. Je ta podpora potom součástí širší strategie kraje v oblasti ochrany přírody a adaptace na klimatickou změnu?</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pavel Staněk (SPD), radní MS kraje: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Podpora včelařství je jeden z těch článků, kdy Moravskoslezský kraj usiluje o zlepšení nebo udržení kvality života a životního prostředí obyvatel tohoto kraje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Já Vám děkuji za Vaše odpovědi. Dnešní Eko magazín končí. Já vám děkuji za vaši pozornost a uvidíme se u dalšího, který už nyní chystáme. Na viděnou.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pavel Staněk (SPD), radní MS kraje: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na shledanou.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:br/>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VODÍKOVÉ AUTOBUSY NA HAVÍŘOVSKU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Moravskoslezský kraj uzavřel smlouvu s novým dopravcem Transdev Slezsko, který bude od prosince 2027 zajišťovat regionální autobusovou dopravu na Havířovsku po dobu deseti let. Do provozu nasadí 13 nových autobusů, z toho čtyři na vodíkový pohon a zbytek na CNG, čímž půjde o pilotní projekt nové technologie v kraji. Vodíkové autobusy budou jezdit především na linkách mezi Havířovem a Ostravou a všechna vozidla ponesou jednotný krajský design.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">STUDÉNKA DOKONČILA ENERGETICKÁ OPATŘENÍ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Studénka dokončila komplexní úsporná energetická opatření za 150 milionů korun formou EPC projektu, který zahrnoval rekonstrukci veřejného osvětlení, úspory vody i instalaci fotovoltaiky. Solární panely jsou nově na devíti městských budovách, celkem jde asi o 1200 panelů, přičemž realizaci i financování zajistila společnost ENETIQA a město bude projekt deset let splácet. Radnice očekává roční úspory na energiích zhruba 6,5 milionu korun a zároveň počítá s možnou dotací na fotovoltaiku ve výši kolem 7 milionů korun.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ZMĚNY V TŘÍDĚNÍ ODPADŮ V NOVÉM JIČÍNĚ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Letošní rok přinesl v Novém Jičíně změny v odpadovém hospodářství, které se týkají všech obyvatel i místních částí. Nápojové kartony nově patří do žlutých kontejnerů na plasty a kovy a město zároveň plošně vyměnilo kontejnery na papír za nové nádoby s modrým víkem. Rozšířil se také systém door to door, kdy jsou plasty, kovy a tetrapaky sváženy přímo od domů ve vybraných místních částech.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Redakčně upraveno / zkráceno.</w:t>
+      </w:r>
+    </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>