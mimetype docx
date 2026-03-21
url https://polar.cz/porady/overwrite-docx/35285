--- v0 (2026-01-29)
+++ v1 (2026-03-21)
@@ -2,50 +2,407 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Krajská hygienická stanice Moravskoslezského kraje aktuálně eviduje epidemii akutních respiračních onemocnění včetně chřipky, nemocnost je výrazně nad obvyklými hodnotami. Zároveň se Česko potýká s výrazným nárůstem případů žloutenky. Témata pro vedoucí protiepidemického oddělení v Karviné Andreu Lipjakovou. Dobrý den, vítejte u nás.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Andrea Lipjaková, vedoucí protiepidemického oddělení Karviná: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dobrý den.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Jak už jsem tady řekla před chviličkou, Krajská hygienická stanice aktuálně eviduje epidemii akutních respiračních onemocnění v našem regionu. Ta hodnota se pohybuje výrazně nad úrovní na 100 000 obyvatel+. Nevím, jestli to teď říkám odborně, jak vy tu terminologii používáte. Jaká je tedy aktuální současná situace tady u nás v Moravskoslezském kraji, co se týče nemocnosti chřipkou nebo respiračními chorobami?</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Andrea Lipjaková, vedoucí protiepidemického oddělení Karviná: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">V Moravskoslezském kraji se nyní nacházíme v plné chřipkové sezóně. Nemocnost akutními respiračními onemocněními je vysoká, pohybuje se nad hranicí, o které již hovoříme jako o epidemické. Hlavním důvodem je kombinace zimního období a kumulace osob ve vnitřních prostorách. Ve třetím kalendářním týdnu sice došlo k mírnému poklesu celkové nemocnosti asi o 12%, avšak nemocnost ve věkové skupině 0 až 5 let je stále vysoká. Například v okrese Frýdek-Místek je nemocnost přes 7,5 tisíce případů na 100 000 obyvatel. V okrese Opava je to kolem 6,5 tisíce na 100 000 obyvatel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Které věkové skupiny jsou nejohroženější?</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Andrea Lipjaková, vedoucí protiepidemického oddělení Karviná: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Nejohroženější skupiny jsou v podstatě senioři, malé děti ve věku do dvou let a osoby s chronickými onemocněními, například s onemocněním srdce a plic, diabetici nebo osoby se sníženou imunitou. U těchto osob také častěji dochází ke komplikacím. Mezi ně patří záněty plic a je mnohdy vyžadována i hospitalizace ve zdravotnických zařízeních.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Co byste těmto lidem doporučila, zejména tedy těm ohroženým skupinám, to znamená rodičům malých dětí nebo seniorům?</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Andrea Lipjaková, vedoucí protiepidemického oddělení Karviná: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pokud jde o všeobecná opatření, tak určitě na prvním místě, patří očkování. Očkování proti chřipce se všeobecně doporučuje seniorům a osobám, které už mají nějaké základní onemocnění. Očkovat se může i nyní. Ochrana nastupuje asi za 14 dnů a v podstatě má to význam, protože chřipková sezona nám končí začátkem dubna.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Je možná na místě také říct, že u chřipkového onemocnění si často říkáme, že chřipka není až tak vážné onemocnění. Tak svým způsobem vážné ale je, protože existuje úmrtnost na chřipku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Andrea Lipjaková, vedoucí protiepidemického oddělení Karviná: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ano, úmrtnost je. Většinou ji teda zaznamenáváme v té vyšší věkové kategorii nebo u těch pacientů, kteří už mají nějaké základní onemocnění. Jak už jsem říkala.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Jaké jsou takové průvodní znaky toho, že vyhodnotíme my, než jdeme k lékaři, že asi se jedná o chřipku a že opravdu je na místě lékaře navštívit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Andrea Lipjaková, vedoucí protiepidemického oddělení Karviná: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Typické příznaky chřipky jsou vysoká horečka, bolest hlavy, bolest svalů a kloubů. Může tam být i světloplachost. Pokud mám takové příznaky a zkusím si tu horečku snížit antipyretiky. Ale v podstatě se mi to nedaří a dejme tomu tři dny tu horečku nemůžu srazit. Tak určitě bych lékaře vyhledala a pokud patřím mezi ohroženou skupinu, tak samozřejmě bych kontaktovala lékaře a poradila bych se s ním. Pokud se objeví nějaké příznaky, jako že jsem dušná, nemůžu pořádně dýchat, tak každopádně určitě vyhledat zdravotnické zařízení.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">A takové obecné rady. Je to asi o tom, aby se lidé, když jsou nemocní, nestýkali, aby byli obezřetní a aby byli i ohleduplní vůči ostatním.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Andrea Lipjaková, vedoucí protiepidemického oddělení Karviná: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ano, tak samozřejmě kromě očkování existují i další preventivní opatření. Pokud mám rýmu nebo kašel, tak určitě použiju kapesník při kašli nebo případně používám respirátor. Pokud jsem nemocná, tak zůstanu raději doma a nebudu vyhledávat společnost dalších osob, které bych mohla ohrozit. A samozřejmě velmi důležitá věc je mytí rukou. Pokud přijdu z nějakého veřejného prostoru, jezdím MHD nebo nakupuji v potravinách, kde se mé ruce dotýkají různých madel, kterých se drželi i další lidé, tak samozřejmě první, co udělám při příchodu domů, je, že si ruce umyju.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pojďme k našemu druhému tématu. A to je žloutenka. Počet těchto případů narostl oproti jiným letům. Jak si to vysvětlujete?</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Andrea Lipjaková, vedoucí protiepidemického oddělení Karviná: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Vždycky je to tak u nákazy, že populace se určitým způsobem promoří. To znamená, že ta nemocnost je vyšší. Ti lidé mají potom obranné protilátky a už k tomu nedochází. V podstatě nedochází k tomu šíření. Teď jsme delší dobu žádnou takovou epidemii neměli a nynější epidemie začala na jaře roku 2024, kdy v té první vlně onemocněly hlavně děti, a to většinou ze sociálně vyloučených lokalit. V loňském roce se nám tato onemocnění přesunula již do dospělé populace. Nejdříve to byly také rizikové skupiny, například osoby bez domova anebo uživatelé drog, a v současné době již zaznamenáváme takzvaný komunitní přenos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Co s tím? Co se s tím dá dělat? Jaká máte doporučení pro lidi? Asi podobná jak s tou chřipkou.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Andrea Lipjaková, vedoucí protiepidemického oddělení Karviná: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">V prvé řadě očkování. Očkování opravdu zajišťuje ochranu celoživotní. Očkuje se dvěma dávkami. Očkovat se může začít už od jednoho roku věku. A pokud bychom pominuli to očkování, tak samozřejmě opět ruce. Dezinfekce rukou nebo mytí rukou a mýt si ruce pokaždé po použití WC, po příchodu domů, po manipulaci s bankovkami. Prostě myslet na to, že rukama opravdu přenáším tu infekci. Samozřejmě žloutence se také často říká nemoc špinavých rukou. Ten přenos je fekálně-orální, takže ruce jsou opravdu důležité.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Jak vážné onemocnění je hepatitida typu A, čili žloutenka, o které se bavíme?</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Andrea Lipjaková, vedoucí protiepidemického oddělení Karviná: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ano, tak onemocnění je to určitě vážné, je to onemocnění jater. Naštěstí žloutenka typu A nepřechází do chronického stadia, na rozdíl například od žloutenky typu B nebo C. Nicméně k dnešnímu dni jsme zaznamenali 501 případů onemocnění od počátku epidemie, to znamená od roku 2024, a ve čtyřech případech došlo k úmrtí, jednalo se o dospělé osoby.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">A jaký je rozdíl mezi A, B a C?</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Andrea Lipjaková, vedoucí protiepidemického oddělení Karviná: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tak hepatitida A se přenáší fekálně-orální cestou. To znamená, že ten přenos se může v té populaci uskutečnit častěji než u hepatitidy typu B nebo C, kde je přenos krví případně i pohlavním stykem. Takže v podstatě to šíření není tak časté. Ano, hepatitida C se může šířit. Většinou ji evidujeme například u osob, které intravenózně užívají drogy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pracuje krajská hygienická stanice na nějakých preventivních programech? Protože teď jsme vyslali našim divákům nějaké rady. Nicméně obecně dáváte tato doporučení i jinými způsoby, aby ta populace věděla, jak se chovat, jak se vyvarovat toho, aby chřipkou nebo žloutenkou typu A neonemocněla.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Andrea Lipjaková, vedoucí protiepidemického oddělení Karviná: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">My se kromě té klasické práce samozřejmě snažíme komunikovat rizika. Na začátku školního roku například jsme oslovovali základní školy, které byly upozorněny na to, že je tady výskyt žloutenky, a jak by se k tomu měly postavit. Pak provádíme celou řadu preventivních programů i třeba pro školy. Probíhal takový edukativní program Čisté ruce, kdy se celkem v 73 školách tohoto programu zúčastnilo asi tři a půl tisíce žáků a bylo to zaměřeno na správné mytí rukou.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renáta Eleonora Orlíková, TV POLAR: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Paní Lipjaková, já Vám děkuji za Vaše odpovědi a za čas, který jste věnovala tomuto tématu. Vám děkuji za pozornost. Držte se, ať neonemocníte ani žloutenkou, ani chřipkou. Mějte se hezky.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Redakčně upraveno / zkráceno.</w:t>
+      </w:r>
+    </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>