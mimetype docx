--- v0 (2026-02-03)
+++ v1 (2026-03-23)
@@ -2,50 +2,845 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Defibrilátory míří do veřejných míst Ostravy-Jihu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Městský obvod Ostrava-Jih pokračuje v posilování bezpečnosti obyvatel. Do veřejných prostor i k dobrovolným hasičům nyní pořídil další externí defibrilátory, které mohou v případě náhlé zástavy srdce zachránit lidský život.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ostrava-Jih rozšiřuje síť automatizovaných externích defibrilátorů. Přístroje jsou určeny pro rychlou pomoc při náhlém selhání srdce a aktuálně míří na frekventovaná místa v obvodu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Martina Jarošková (ANO), místostarostka Ostravy-Jihu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">: “Právě tam je důležité mít možnost okamžité pomoci při náhlém selhání srdce.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Městský obvod má v současnosti k dispozici čtyři defibrilátory.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Martina Jarošková, místostarostka Ostravy-Jihu: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">“Prvním je tady v pokladně Kina Luna.” </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Podle vedení obvodu jde především o preventivní opatření, kdyby se náhodou něco stalo. Jeden z přístrojů získali také dobrovolní hasiči v Ostravě-Hrabůvce.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Otakar Šimík (ANO), místostarosta Ostravy-Jihu: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">“Naši dobrovolní hasiči můžou být mnohdy na místě při nějaké nehodě nebo nějakém selhání zdravotním. A když je zástava srdce, tak externí defibrilátor je v podstatě zásadní věc, kdy během pár minut můžete vrátit člověku v život.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Výhodou přístroje je jeho jednoduché ovládání.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Otakar Šimík (ANO), místostarosta Ostravy-Jihu:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> “Může ho použít i lajk. Má hlasové ovládání, přístroj sám vyhodnotí, jestli je potřeba dát impuls nebo ne, podle toho, jak si změří tep.” </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Z přístroje mají radost i samotní hasiči.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Karel Kupka, starosta SDH Ostrava-Hrabůvka: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">“My jsme vděční, že tady ten přístroj AED máme a bude primárně na tady tomto vozidle. Takže kdykoliv vyjedeme ven, budeme ho mít sebou a jsme ho schopní použít.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozšíření sítě defibrilátorů má jediný cíl. Zvýšit šanci na záchranu lidského života tam, kde rozhodují minuty.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">---</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sdílená kola jsou v Novém Jičíně vítanou alternativou</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sdílená kola se v Novém Jičíně osvědčila. Služba si našla téměř dva tisíce pravidelných uživatelů. Poslední rok fungují výpůjčky růžových bicyklů  bez přestávky, tedy včetně zimních měsíců.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Nový Jičín zavedl nový způsob přepravy, sdílená kola, v dubnu 2024. Od února 2025 funguje služba v celoročním provozu a zajišťuje ji společnost Rekola. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lucie Kuběnová, odbor rozvoje a investic, MěÚ Nový Jičín: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">“Ukázalo se, že skutečně ta sdílená kola jsou vítanou alternativou v Novém Jičíně. V podstatě občané je využívají celoročně a jestli má Nový Jičín nějakých 23 000 obyvatel, tak necelé 2000 uživatelů patří právě mezi ty cyklisty využívající růžová kola a řada z nich jezdí skutečně pravidelně.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">V loňském roce občané uskutečnili bezmála 39 tisíc jízd, za něž město zaplatilo 634 tisíc korun. Nejvíce se jezdilo v srpnu, to bylo zhruba 4 800 výpůjček, nejméně v prosinci 2 200. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ondřej Syrovátka (ZELENÍ), 1. místostarosta Nového Jičína: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">“Je to taková, řekněme, možná náhrada za osobní auto nebo případně za MHD v časech, kdy nejde. MHD také využívají hlavně starší občané, případně rodiny s dětmi, kdežto ta kola jsou pro všechny generace.” </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na území Nového Jičína je k dispozici 90 sdílených kol. Prvních 30 minut jízdy mají lidé zdarma, pokud jedou do Kopřivnice, tak 60 minut. Na projektu tady totiž obě města spolupracují.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ondřej Syrovátka (ZELENÍ), 1. místostarosta Nového Jičína: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">“Ta spolupráce s Kopřivnici je unikátní, protože jsme byli  první města, která takto začala spolupracovat. A ukazuje se prospěšná ze dvou důvodů. Jednak díky tomu, že dohromady jsme větší aglomerace, tak se nám podařilo získat lepší cenu od toho provozovatele. A další, že lidé to opravdu využívají k přejezdu i mezi městy.” </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Aktuální smlouva se společností Rekola je platná do konce roku 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">---</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">17:00 – 1 + 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">TERMINÁL UMOŽNÍ NÁKUP JÍZDENKY VE VLAKU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Cestování vlakem v Moravskoslezském kraji je od února opět o něco jednodušší. Ve všech regionálních vlacích zapojených do systému ODIS si mohou cestující nově koupit jízdenku přímo ve vlaku pomocí samoobslužného terminálu. Zaplatit lze ODISkou nebo bezkontaktní platební kartou, a to bez nutnosti hledat pokladnu nebo řešit nákup jízdenky před cestou.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">STRÁŽNÍCI POMOHLI MUŽI BEZ KALHOT</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">V pátek ráno vyjížděli strážníci v Ostravě-Porubě k neobvyklé události. Po ulici K Myslivně se v mrazivém počasí pohyboval muž bez kalhot. Hlídka mu poskytla tepelný komfort a doprovodila ho do azylového domu, kde dostal oblečení.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">---</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Starostové jsou se spoluprací s Novou Hutí spokojeni</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Společnost Nová Huť chce být dobrým sousedem. Leží na území dvou ostravských obvodů a oba starostové jsou s novým směřováním a komunikací s firmou spokojeni. Nový vlastník chce část výroby zachovat i dále rozvíjet a v budoucnu do Ostravy vrátit výrobu oceli tím nejekologičtějším způsobem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Nová Huť má od loňského podzimu nového majitele a po letech je zpátky v českých rukou. Firma se rozkládá na šesti stech hektarech a zasahuje do dvou městských obvodů. Velká část spadá pod místní část Kunčice městského obvodu Slezská Ostrava a starosta Richard Vereš si novou éru pod novým majitelem pochvaluje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Richard Vereš (ANO), starosta Slezské Ostravy:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> "My samozřejmě komunikujeme s vlastníkem i s insolvenčním správcem, u kterého zůstala část nemovitostí někdejšího Liberty. O tom, že by městský obvod, případně město mohly nabýt některé pozemky od těchto subjektů. Jedná se zejména o pozemky pod komunikacemi."</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Radvanice a Bartošovice dlouhodobě sužovaly emise z komínů, což se s útlumem výroby značně zlepšilo. Tamní starosta Aleš Boháč je s komunikací s novým vedením také spokojen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aleš Boháč (Starostové pro Ostravu), náměstek primátora Ostravy:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> "V podstatě se bavíme o rozvoji toho areálu, jeho pokračování, modernizaci, protože všichni víme, že předchozí majitel opustil huť tak, že ji v podstatě nechal, jak se říká, vykradenou."</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ředitel Nové Huti deklaroval, že chce být dobrým sousedem a chce s městem a jeho obvody co nejvíce spolupracovat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Radek Strouhal, generální ředitel Nové Huti:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> "Vždycky chcete být dobrý soused a chcete být partnerem pro jednání s městem, najít nějakou cestu spolupráce. Nikdy nemá smysl nějakým způsobem válčit."</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">V Nové Huti v současné době pracuje asi dva tisíce zaměstnanců. V letošním roce plánuje firma investice za asi 150 milionů korun.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">---</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Noc a den v SVČ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Děti v celé republice prožily své pololetní prázdniny ve svých Střediscích volného času či domech dětí. Celostátní akce Noc a den v SVČ jim zaplnila bohatým programem dva celé dny i noc. Programy akce byly různé v různých domech dětí.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Marcela  Rozprýmová, organizátorka, pedagog volného času SVČ: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">„Je to  celostátní akce Noc a den v SVČ, je to v různých střediscích  po celé republice a u nás je to zaměřené na zvířátka. Na  zvířátka půjdeme na stanici přírodovědců, takže si dětí  sáhnou na hada, pohladí si králíka, vytáhneme vakoveverku,  papouška a spoustu různých aktivit, které normálně v kroužku  vůbec nestíháme.“</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Účastníci  akce si užili dávky společenských her, pohybových a  vzdělávacích. Podílely se také na vlastní přípravě  stravování.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Marcela  Rozprýmová, organizátorka, pedagog volného času SVČ: "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na večeři  dostanou pizzu, zítra půjdeme na oběd do místní hospůdky do  Faraona a na snídani si děti samy připraví, co bude potřeba.“</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Nejoblíbenější  částí akce pak bylo strávení noc při společné přespávačce.  Na tu si děti donesly vlastní spacáky a spaly na matracích ve  společné místnosti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Marek  Buťák: instruktor SVČ: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">„Noc byla klidná, usnuli jsme hned.  Ano, akce je to skvělá.“</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kuba, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">účastník akce: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">„Dneska jsem byl na přespávačce tady  v Bruntále a pak jsme měli ještě stezku odvahy.“</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Eva  Lukášová, účastnice akce: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">„Moc dobré, měli jsme pak  promítací film na stropě.“</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Eliška  Ševčíková, účastnice akce:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> „V noci někdo strašně chrápal,  takže jsem naspala asi jenom 4 hodiny. Akce se mi líbí a je to po  dlouhé době tak, že nemůžu prostě zmeškat tohleto.“</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Terezka  Friedrichová, instruktorka SVČ: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">„Noc byla poměrně klidná,  ale samozřejmě jsme šli spát později, než ty děti a děti byly  celkem jako hodné. Některé se vzbudily dříve, samy od sebe a  některé jsme museli ještě budit a některé jsme museli ještě  přemlouvat, ať už vstanou z té postele. Půjdeme ještě do  Faraona na hromadný oběd. Máme tady ještě spoustu týmových  her, každý hraje sám za sebe.“</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Noc  a den byl zakončen druhý den dalšími hrami a společným obědem.  Brzy bude mít také i své pokračování DDM připravuje pro děti  na jarní období sérii příměstských táborů.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">---</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">17:00– 3</w:t>
+      </w:r>
+      <w:br/>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KARVINÁ LETOS PLÁNUJE NOVÁ PARKOVIŠTĚ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Karviná letos plánuje vznik nebo úpravu parkovacích míst v šesti lokalitách napříč městem. Celkem by mělo přibýt více než 130 parkovacích stání, která mají ulevit dlouhodobě napjaté situaci s parkováním v jednotlivých částech města.#</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jan Wolf (SOCDEM), primátor Karviné:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „Parkování je dnes téma, které řeší prakticky každé město. Volného prostoru ubývá a najít místo, kde lze parkoviště vybudovat, je čím dál složitější.“</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Monika Danková, mluvčí Karviné:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „Město aktuálně pracuje například na přípravě projektů v Hranicích, Ráji nebo Mizerově.“</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">---</w:t>
+      </w:r>
+      <w:br/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Veřejné bruslení v Havířově táhne stovky lidí</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Veřejné bruslení v Havířově letos láme návštěvnické rekordy jak na zimním stadionu, tak na venkovním kluzišti.  Bruslení přitahuje napříč generacemi celé rodiny i pamětníky, kteří se na led vracejí po desítkách let.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ani silný mráz neodradil zájemce od návštěvy nedělního veřejného bruslení na zimním stadionu. Jít si zabruslit a užít si sportovní zábavu dorazilo téměř 200 lidí.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anketa:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "My jsme si přišli zabruslit, protože já tu mám mladšího bráchu, který má tři a půl roku a bruslí tady. Tak jsem se chtěl taky jít na led."</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anketa: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Já už tady chodím od  roku 1976 ,to tu znám jako svoje boty."</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Vy jste ale tady prožil i nějakou lásku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anketa:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Ano, svoji ženu jsem tady poznal. Rozbil jsem jí trochu obličej, ale v rámci hokeje. Jako ne, to už je hodně dávno. Rok 82."</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anketa:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Občas je tu hodně lidí, takže se to špatně zvládá. Ale jelikož moje babička trénovala krasobruslení a děda hrál hokej, tak se mi ten sport líbí </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a chci se zlepšovat."</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zájem o bruslení, ať už ve víceúčelové hale, nebo na venkovním kluzišti, je letos rekordní.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nazim Afana, ředitel SSRZ Havířov:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Tento rok nás velmi překvapil, protože zájem je obrovský. Venkovní ledové kluziště bylo spuštěno od 5. prosince a již ho navštívilo k tomuto dni přes 10 000 návštěvníků, což je více než za celou sezonu loňského roku. A na zimním stadionu víceúčelové hale bylo veřejné bruslení spuštěno o něco později z důvodu rekonstrukce střechy, to znamená od 11. ledna, a již teď tam bylo víc než tisíc návštěvníků, kteří si užívali veřejné bruslení."</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Veřejné bruslení na zimním stadionu se koná prozatím vždy v sobotu a neděli.</w:t>
+      </w:r>
+      <w:br/>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">---</w:t>
+      </w:r>
+    </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>